--- v0 (2026-01-22)
+++ v1 (2026-03-04)
@@ -1,2461 +1,1216 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="597CCDF8" w14:textId="2E463690" w:rsidR="00A14D60" w:rsidRDefault="00BC6AE8">
+    <w:p w14:paraId="19F7773F" w14:textId="709A0A9F" w:rsidR="003E0AD4" w:rsidRPr="00635236" w:rsidRDefault="003E0AD4" w:rsidP="00635236">
+      <w:pPr>
+        <w:ind w:firstLineChars="100" w:firstLine="1161"/>
+        <w:rPr>
+          <w:color w:val="FF33CC"/>
+          <w:sz w:val="116"/>
+          <w:szCs w:val="116"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="116"/>
+          <w:szCs w:val="116"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>抹茶体験</w:t>
+      </w:r>
+      <w:r w:rsidR="003049CE" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="116"/>
+          <w:szCs w:val="116"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>教室</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55FA50EC" w14:textId="40EF32C1" w:rsidR="003E0AD4" w:rsidRPr="00DA1D4A" w:rsidRDefault="009A7615" w:rsidP="009A7615">
+      <w:pPr>
+        <w:ind w:firstLineChars="700" w:firstLine="2801"/>
+        <w:rPr>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>（公社）</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0AD4" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>金沢市シルバー人材センター</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14720DB0" w14:textId="22669F4F" w:rsidR="003049CE" w:rsidRPr="00DA1D4A" w:rsidRDefault="00ED30C1" w:rsidP="003E0AD4">
+      <w:pPr>
+        <w:ind w:firstLineChars="1200" w:firstLine="4322"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>★</w:t>
+      </w:r>
+      <w:r w:rsidR="008408BE" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>企画推進部</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0AD4" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>・女性委員会</w:t>
+      </w:r>
+      <w:r w:rsidR="003049CE" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>主催</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>★</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7683C691" w14:textId="4A4F7872" w:rsidR="00216CF5" w:rsidRPr="00635236" w:rsidRDefault="00216CF5" w:rsidP="00635236">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003049CE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>・日時</w:t>
+      </w:r>
+      <w:r w:rsidR="003049CE" w:rsidRPr="003049CE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidR="00635236" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>令和</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7615" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>８</w:t>
+      </w:r>
+      <w:r w:rsidR="00635236" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0AD4" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>３</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2584" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>１</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7615" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2584" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r w:rsidR="003049CE" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0AD4" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r w:rsidR="003049CE" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003049CE" w:rsidRPr="00635236">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0AD4" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>時～</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0AD4" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>時</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDC0AA1" w14:textId="7038B481" w:rsidR="00216EA3" w:rsidRPr="00F14711" w:rsidRDefault="00216CF5" w:rsidP="003E0AD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003049CE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>・場所</w:t>
+      </w:r>
+      <w:r w:rsidR="003049CE" w:rsidRPr="003049CE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0AD4" w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>金沢市文化ホール</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5FF4">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0AD4" w:rsidRPr="00ED5FF4">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>茶室</w:t>
+      </w:r>
+      <w:r w:rsidR="003049CE" w:rsidRPr="003049CE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0AD4">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>高岡</w:t>
+      </w:r>
+      <w:r w:rsidR="003049CE" w:rsidRPr="003049CE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>町</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0AD4">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>15-1</w:t>
+      </w:r>
+      <w:r w:rsidR="003049CE" w:rsidRPr="003049CE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C622D29" w14:textId="6AABBBFF" w:rsidR="00D70B98" w:rsidRDefault="003E0AD4" w:rsidP="00E218DA">
+      <w:pPr>
+        <w:ind w:firstLineChars="200" w:firstLine="880"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk138838761"/>
+      <w:r w:rsidRPr="00DA1D4A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>簡単な抹茶のいただき方と作法を体験します</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="109099DC" w14:textId="1CEA4BDE" w:rsidR="00216EA3" w:rsidRPr="00635236" w:rsidRDefault="00343F05" w:rsidP="00E218DA">
+      <w:pPr>
+        <w:ind w:firstLineChars="200" w:firstLine="420"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <mc:AlternateContent>
-[...133 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D419F2E" wp14:editId="51DEDA98">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69A7D532" wp14:editId="4734717E">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="margin">
-              <wp:posOffset>8850630</wp:posOffset>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4029089</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>9525</wp:posOffset>
+              <wp:posOffset>238125</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1028700" cy="506095"/>
-[...10 lines deleted...]
-            <wp:docPr id="1294068370" name="図 4"/>
+            <wp:extent cx="2743200" cy="2000260"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="13" name="図 7" descr="70以上 茶道 イラスト 無料 336301-茶道 イラスト 無料 かわいい"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5"/>
+                    <pic:cNvPr id="0" name="Picture 13" descr="70以上 茶道 イラスト 無料 336301-茶道 イラスト 無料 かわいい"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1028700" cy="506095"/>
+                      <a:ext cx="2743200" cy="2000260"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
+            <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
-            <wp14:sizeRelV relativeFrom="margin">
+            <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00BB6473" w:rsidRPr="00A14D60">
-[...77 lines deleted...]
-        </w:drawing>
+      <w:r w:rsidR="00D70B98" w:rsidRPr="00635236">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>自宅で気軽に抹茶を楽しむ方法</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="321E76A5" w14:textId="4E8BE887" w:rsidR="00A14D60" w:rsidRDefault="00A14D60"/>
-[...82 lines deleted...]
-        </w:drawing>
+    <w:p w14:paraId="2AAD3361" w14:textId="77777777" w:rsidR="003E0AD4" w:rsidRPr="00635236" w:rsidRDefault="003E0AD4" w:rsidP="003049CE">
+      <w:pPr>
+        <w:ind w:firstLineChars="200" w:firstLine="880"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635236">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>美味しい抹茶の入れ方</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0600596F" w14:textId="717120AD" w:rsidR="00A14D60" w:rsidRDefault="00BE0ED9">
-[...73 lines deleted...]
-        </w:drawing>
+    <w:p w14:paraId="13E8C12E" w14:textId="7559DBA7" w:rsidR="00F14711" w:rsidRPr="00635236" w:rsidRDefault="003E0AD4" w:rsidP="00F14711">
+      <w:pPr>
+        <w:ind w:firstLineChars="100" w:firstLine="440"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635236">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>抹茶に合うお菓子の種類</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70B98" w:rsidRPr="00635236">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>など</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6123AF" w14:textId="4FF1C492" w:rsidR="00A14D60" w:rsidRDefault="00A14D60"/>
-[...167 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5B1524CB" w14:textId="77777777" w:rsidR="00F14711" w:rsidRPr="00F14711" w:rsidRDefault="00F14711" w:rsidP="00F14711">
+      <w:pPr>
+        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="63E492AE" w14:textId="47A4CF5E" w:rsidR="00A14D60" w:rsidRDefault="00BE0ED9">
-[...485 lines deleted...]
-    <w:p w14:paraId="23065EC2" w14:textId="644517BD" w:rsidR="00A14D60" w:rsidRPr="00BC6AE8" w:rsidRDefault="00BB6473" w:rsidP="0087481E">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="3E6F3AB8" w14:textId="647C713F" w:rsidR="004F0CCB" w:rsidRPr="00F14711" w:rsidRDefault="00D70B98" w:rsidP="003E0AD4">
       <w:pPr>
-        <w:ind w:firstLineChars="1000" w:firstLine="2100"/>
-[...6 lines deleted...]
-          <w:highlight w:val="yellow"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...74 lines deleted...]
-          <w:rFonts w:ascii="HGP創英角ﾎﾟｯﾌﾟ体" w:eastAsia="HGP創英角ﾎﾟｯﾌﾟ体" w:hAnsi="HGP創英角ﾎﾟｯﾌﾟ体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14711">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>講</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14711">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14711">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>師：</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14711" w:rsidRPr="00F14711">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>茶道</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14711">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>裏千家</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14711" w:rsidRPr="00F14711">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">流　</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7615" w:rsidRPr="009A7615">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">渡辺　</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2333">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>宗江</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14711" w:rsidRPr="00F14711">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>（シルバー会員）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A14DCBE" w14:textId="5BEA9180" w:rsidR="00216CF5" w:rsidRPr="00F14711" w:rsidRDefault="003049CE" w:rsidP="003E0AD4">
+      <w:pPr>
+        <w:ind w:firstLineChars="100" w:firstLine="400"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F14711">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>参加</w:t>
+      </w:r>
+      <w:r w:rsidR="00216CF5" w:rsidRPr="00F14711">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>費</w:t>
+      </w:r>
+      <w:r w:rsidR="004F0CCB" w:rsidRPr="00F14711">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0AD4" w:rsidRPr="009A7615">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>無料</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D6531E6" w14:textId="0DB0395D" w:rsidR="00216CF5" w:rsidRPr="00ED5FF4" w:rsidRDefault="00216CF5" w:rsidP="003E0AD4">
+      <w:pPr>
+        <w:ind w:firstLineChars="100" w:firstLine="400"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="00B050"/>
-          <w:sz w:val="144"/>
-          <w:szCs w:val="144"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED5FF4">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>先着順</w:t>
+      </w:r>
+      <w:r w:rsidR="003049CE" w:rsidRPr="00ED5FF4">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0AD4" w:rsidRPr="00ED5FF4">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>２０</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED5FF4">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>名</w:t>
+      </w:r>
+      <w:r w:rsidR="003247EC" w:rsidRPr="00ED5FF4">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>程度</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE344F" w:rsidRPr="00ED5FF4">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7615" w:rsidRPr="00ED5FF4">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（誰でもお気軽に）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C098250" w14:textId="54A1DFC0" w:rsidR="00216CF5" w:rsidRPr="00F14711" w:rsidRDefault="00216CF5" w:rsidP="00D80567">
+      <w:pPr>
+        <w:ind w:firstLineChars="100" w:firstLine="400"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F14711">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>参加希望される方は事務局まで</w:t>
+      </w:r>
+      <w:r w:rsidR="003049CE" w:rsidRPr="00F14711">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="00931CDA" w:rsidRPr="00F14711">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>２月</w:t>
-[...7 lines deleted...]
-          <w:szCs w:val="144"/>
+        <w:t>電話</w:t>
+      </w:r>
+      <w:r w:rsidR="003049CE" w:rsidRPr="00F14711">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>９日（月）</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A7615">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>222-2411</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74649CB2" w14:textId="4CEC7EE8" w:rsidR="0087481E" w:rsidRDefault="0087481E" w:rsidP="0087481E">
-[...1067 lines deleted...]
-      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="851" w:footer="992" w:gutter="0"/>
+    <w:sectPr w:rsidR="00216CF5" w:rsidRPr="00F14711" w:rsidSect="00DA1D4A">
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="1361" w:right="851" w:bottom="1247" w:left="851" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="744981CD" w14:textId="77777777" w:rsidR="00E97946" w:rsidRDefault="00E97946" w:rsidP="00216EA3">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="44BF8876" w14:textId="77777777" w:rsidR="00E97946" w:rsidRDefault="00E97946" w:rsidP="00216EA3">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="HGP創英角ﾎﾟｯﾌﾟ体">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="55A8F9E4" w14:textId="77777777" w:rsidR="00E97946" w:rsidRDefault="00E97946" w:rsidP="00216EA3">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="42A33522" w14:textId="77777777" w:rsidR="00E97946" w:rsidRDefault="00E97946" w:rsidP="00216EA3">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="60"/>
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="dh7hZi1Py3DR4C+N3pZ9ADVnq69uz8isXlKvbkmpl3CCIhSvBEK+JVWQjXQwqWygtglkgkT/eI3LR3+3VeoPmg==" w:salt="0gDrBN7zAqxw3IUS49DwHw=="/>
+  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="N1grpAR41Go0Dv6GiiLyobgxvIfvK9bJu6vIi2Mi8ulDYSV6mWnZh2H8+QwKZXWo7txHqC9O+8bvYtBcKfOZKg==" w:salt="ETl2R2lWkCtePq/uTlQfLA=="/>
   <w:defaultTabStop w:val="840"/>
+  <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050">
+      <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
+    </o:shapedefaults>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002539F1"/>
-[...24 lines deleted...]
-    <w:rsid w:val="00FB5FD8"/>
+    <w:rsidRoot w:val="00216CF5"/>
+    <w:rsid w:val="0002787A"/>
+    <w:rsid w:val="000E2333"/>
+    <w:rsid w:val="000E3DA3"/>
+    <w:rsid w:val="001C0E1C"/>
+    <w:rsid w:val="001E6C4A"/>
+    <w:rsid w:val="00216CF5"/>
+    <w:rsid w:val="00216EA3"/>
+    <w:rsid w:val="00222BBE"/>
+    <w:rsid w:val="00230FCC"/>
+    <w:rsid w:val="00284A6D"/>
+    <w:rsid w:val="002C463F"/>
+    <w:rsid w:val="003049CE"/>
+    <w:rsid w:val="003247EC"/>
+    <w:rsid w:val="00343F05"/>
+    <w:rsid w:val="003A011A"/>
+    <w:rsid w:val="003E0AD4"/>
+    <w:rsid w:val="00441491"/>
+    <w:rsid w:val="004D36D4"/>
+    <w:rsid w:val="004F0CCB"/>
+    <w:rsid w:val="0051033F"/>
+    <w:rsid w:val="00526DA1"/>
+    <w:rsid w:val="005C3316"/>
+    <w:rsid w:val="005C628F"/>
+    <w:rsid w:val="00635236"/>
+    <w:rsid w:val="006809D8"/>
+    <w:rsid w:val="0069065F"/>
+    <w:rsid w:val="006D6420"/>
+    <w:rsid w:val="006E4F6A"/>
+    <w:rsid w:val="008408BE"/>
+    <w:rsid w:val="00873DDA"/>
+    <w:rsid w:val="008809EC"/>
+    <w:rsid w:val="00910A11"/>
+    <w:rsid w:val="00931CDA"/>
+    <w:rsid w:val="009429DA"/>
+    <w:rsid w:val="00954AED"/>
+    <w:rsid w:val="009A67D2"/>
+    <w:rsid w:val="009A7615"/>
+    <w:rsid w:val="00A5512D"/>
+    <w:rsid w:val="00B02E6C"/>
+    <w:rsid w:val="00B80FFA"/>
+    <w:rsid w:val="00B941F1"/>
+    <w:rsid w:val="00BA6B11"/>
+    <w:rsid w:val="00BB0EA5"/>
+    <w:rsid w:val="00CD1ED5"/>
+    <w:rsid w:val="00CD44CD"/>
+    <w:rsid w:val="00CE344F"/>
+    <w:rsid w:val="00CE3768"/>
+    <w:rsid w:val="00D023B4"/>
+    <w:rsid w:val="00D15F58"/>
+    <w:rsid w:val="00D65281"/>
+    <w:rsid w:val="00D70B98"/>
+    <w:rsid w:val="00D80567"/>
+    <w:rsid w:val="00DA1D4A"/>
+    <w:rsid w:val="00E022AE"/>
+    <w:rsid w:val="00E218DA"/>
+    <w:rsid w:val="00E97946"/>
+    <w:rsid w:val="00EC2584"/>
+    <w:rsid w:val="00ED30C1"/>
+    <w:rsid w:val="00ED5FF4"/>
+    <w:rsid w:val="00F14711"/>
+    <w:rsid w:val="00F26064"/>
+    <w:rsid w:val="00F46535"/>
+    <w:rsid w:val="00FD2A56"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="28484A31"/>
+  <w14:docId w14:val="2AD92C09"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{E8010F08-3547-4277-8016-FCBB7F547D89}"/>
+  <w15:docId w15:val="{C0969C58-6381-4596-8292-106764BC9653}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2815,739 +1570,246 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...196 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...111 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Title"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="a4"/>
-    <w:uiPriority w:val="10"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002539F1"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00216EA3"/>
     <w:pPr>
-      <w:spacing w:after="80"/>
-[...1 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="表題 (文字)"/>
+    <w:name w:val="ヘッダー (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
-    <w:uiPriority w:val="10"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00216EA3"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="Subtitle"/>
+    <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="a6"/>
-    <w:uiPriority w:val="11"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002539F1"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00216EA3"/>
     <w:pPr>
-      <w:numPr>
-[...3 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-    <w:name w:val="副題 (文字)"/>
+    <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
-    <w:uiPriority w:val="11"/>
-[...115 lines deleted...]
-    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...9 lines deleted...]
-    <w:rsid w:val="00A14D60"/>
+    <w:rsid w:val="00216EA3"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="游ゴシック Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="游明朝" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -3659,70 +1921,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>11</Words>
-  <Characters>67</Characters>
+  <Words>35</Words>
+  <Characters>201</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>77</CharactersWithSpaces>
+  <CharactersWithSpaces>235</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>a80</dc:creator>
+  <dc:creator>sl7</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>