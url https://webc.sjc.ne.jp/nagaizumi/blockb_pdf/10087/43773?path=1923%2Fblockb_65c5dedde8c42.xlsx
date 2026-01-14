--- v0 (2025-11-15)
+++ v1 (2026-01-14)
@@ -1,1975 +1,1996 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\調査回答\庭の手入れ予約\２０２５年\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\rakust-connect.rakurakustrg.jp\共有ALL\庭の手入れ予約\２０２６年度\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{961CC5AF-551D-4AFB-8E7D-E0F9629FEDE8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5A70363C-F6C5-4684-A889-50945E3D4E35}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{E56EC6D5-72C1-4549-847F-56D911D64B58}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{385816E4-61A9-418E-A9D5-0D3A59753C31}"/>
   </bookViews>
   <sheets>
     <sheet name="依頼書消毒無し" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="66">
   <si>
-    <t>長泉町シルバー人材センター　住所：〒411-0951　長泉町桜堤1-10-9</t>
-[...133 lines deleted...]
-    <t>《仕事の依頼内容》</t>
+    <t>　　　　　お客様へ施工予定連絡</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t xml:space="preserve">              担当会員による(下見、見積)</t>
+    <phoneticPr fontId="3" alignment="center"/>
   </si>
   <si>
     <r>
-      <t>1, 作業内容は前回と同様である（</t>
+      <t xml:space="preserve">　    </t>
     </r>
     <r>
       <rPr>
-        <b/>
-        <sz val="12"/>
+        <sz val="10"/>
         <color theme="1"/>
-        <rFont val="ＭＳ Ｐ明朝"/>
-        <family val="1"/>
+        <rFont val="游ゴシック"/>
+        <family val="3"/>
         <charset val="128"/>
+        <scheme val="minor"/>
       </rPr>
-      <t>事前下見不要</t>
+      <t>来所による予約</t>
     </r>
-    <r>
-[...358 lines deleted...]
-    <phoneticPr fontId="2"/>
+    <phoneticPr fontId="3" alignment="center"/>
   </si>
   <si>
     <r>
       <t>お客様　</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="游ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>FAX又はmail,郵送</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="游ゴシック"/>
         <family val="2"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 　　➡シルバー                                                 　　 予約➡伝票</t>
     </r>
     <rPh sb="14" eb="16">
       <t>ユウソウ</t>
     </rPh>
     <rPh sb="76" eb="78">
       <t>ヨヤク</t>
     </rPh>
     <phoneticPr fontId="3" alignment="center"/>
   </si>
   <si>
+    <t>　　　　   　佐藤　長野　</t>
+    <rPh sb="8" eb="10">
+      <t>サトウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>未　　　　済</t>
+    <rPh sb="0" eb="1">
+      <t>ミ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>スミ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>　　　　　   山本　田口　赤池　秋山　土屋</t>
+    <rPh sb="0" eb="22">
+      <t>ツチヤ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>草取　　　 勝亦正　山田　服部　勝亦幸　鈴木　　</t>
+    <rPh sb="0" eb="2">
+      <t>クサトリ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>お客様へ連絡</t>
+    <rPh sb="1" eb="3">
+      <t>キャクサマ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>レンラク</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>草刈3班　宮川</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>草苅2班  加藤/勝間田/天野</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>月　　　日</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>草苅1班  近藤/橋本/佐竹 /宮川健</t>
+    <rPh sb="16" eb="18">
+      <t>ミヤカワ</t>
+    </rPh>
+    <rPh sb="18" eb="19">
+      <t>ケン</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>植木班外 石原/稲村/米山/本間</t>
+    <rPh sb="0" eb="4">
+      <t>ウエキハンガイ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>ヨネヤマ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>ホンマ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>植木3班　 秋山/水口/土屋/石井</t>
+    <rPh sb="9" eb="11">
+      <t>ミズグチ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>ツチヤ</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>イシイ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>受注番号</t>
+  </si>
+  <si>
+    <t>植木2班　 古谷/加藤芳/西島/日吉/山本/岡本</t>
+    <rPh sb="16" eb="18">
+      <t>ヒヨシ</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>ヤマモト</t>
+    </rPh>
+    <rPh sb="22" eb="24">
+      <t>オカモト</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>月　　　日</t>
+    <rPh sb="0" eb="1">
+      <t>ツキ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ヒ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>植木1班　 西浦/三ツ石　　　　　　</t>
+    <rPh sb="9" eb="10">
+      <t>ミ</t>
+    </rPh>
+    <rPh sb="11" eb="12">
+      <t>イシ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>受　付　印</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>作業予定日</t>
+    <rPh sb="0" eb="2">
+      <t>サギョウ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ヨテイ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ヒ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>前　回　担　当　会　員　</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>発注者番号</t>
+  </si>
+  <si>
+    <t>下欄はセンター記入欄</t>
+    <rPh sb="0" eb="2">
+      <t>カラン</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>※その他、連絡事項、ご希望等ございましたらご記入下さい。</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">　    </t>
+      <t>2, 作業完了の</t>
     </r>
     <r>
       <rPr>
-        <sz val="10"/>
+        <b/>
+        <sz val="12"/>
         <color theme="1"/>
-        <rFont val="游ゴシック"/>
-        <family val="3"/>
+        <rFont val="ＭＳ Ｐ明朝"/>
+        <family val="1"/>
         <charset val="128"/>
-        <scheme val="minor"/>
       </rPr>
-      <t>来所による予約</t>
+      <t>電話連絡が必要</t>
     </r>
     <phoneticPr fontId="3" alignment="center"/>
   </si>
   <si>
-    <t xml:space="preserve">              担当会員による(下見、見積)</t>
-[...3 lines deleted...]
-    <t>　　　　　お客様へ施工予定連絡</t>
+    <r>
+      <t>1, 請求書のみの送付でよい</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ Ｐ明朝"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>（連絡不要）</t>
+    </r>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>《作業完了について》</t>
+  </si>
+  <si>
+    <t>2, 作業実施については必ず在宅中に限る（日程の事前連絡必要）</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>　</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>1, 希望月の作業であれば在宅、留守に関わらず実施してかまわない（日程の事前連絡必要）</t>
+    <rPh sb="36" eb="38">
+      <t>ジゼン</t>
+    </rPh>
+    <rPh sb="40" eb="41">
+      <t>ヒツ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>該当事項に○記号を付けて下さい。</t>
+    <rPh sb="7" eb="8">
+      <t>ゴウ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>《作業実施について》</t>
+  </si>
+  <si>
+    <r>
+      <t>2, 見積もり額の増減にかかわらず</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ Ｐ明朝"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>見積もりの事前提示は必要</t>
+    </r>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <r>
+      <t>1, 前回と同等作業量であれば</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ Ｐ明朝"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>見積もり金額の連絡は不要</t>
+    </r>
+    <rPh sb="8" eb="11">
+      <t>サギョウリョウ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <r>
+      <t>《</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ Ｐ明朝"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>見積もりについて</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ Ｐ明朝"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>》</t>
+    </r>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <r>
+      <t>　</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ Ｐ明朝"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>作業場所・長泉町</t>
+    </r>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>《作業現場が現住所、請求先と異なる場合は必ずご記入ください》</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>草取　　　　　 　４月　５月　６月　７月　８月　９月　１０月　１１月　１２月　2027年　1月    2月　 3月</t>
+    <rPh sb="0" eb="2">
+      <t>クサトリ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>草刈　　　　 　　４月　５月　６月　７月　８月　９月　１０月　１１月　１２月　2027年　1月    2月　 3月</t>
+    <rPh sb="0" eb="2">
+      <t>クサカリ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>庭木の手入 　 ４月　５月　６月　７月　８月　９月　１０月　１１月　１２月　2027年　1月    2月　 3月</t>
+    <rPh sb="0" eb="2">
+      <t>ニワキ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>テイ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>該当時期に○記号を付けて下さい。</t>
+    <rPh sb="2" eb="4">
+      <t>ジキ</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>ゴウ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>《仕事の実施時期》</t>
+    <rPh sb="4" eb="6">
+      <t>ジッシ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <r>
+      <t>2, 前回の作業内容とは異なる（</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ Ｐ明朝"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>事前下見必要</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ Ｐ明朝"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>）</t>
+    </r>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <r>
+      <t>1, 作業内容は前回と同様である（</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ Ｐ明朝"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>事前下見不要</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ Ｐ明朝"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>）</t>
+    </r>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>《仕事の依頼内容》</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  　　　3, 草取り</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>2, 草刈り（機械刈り）</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>1, 庭木の手入れ　〔松( 有　・　無 ）〕</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>《仕事の依頼種類》</t>
+    <rPh sb="4" eb="6">
+      <t>イライ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t xml:space="preserve">          （公社）長泉町シルバー人材センターへ予約依頼する。</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t xml:space="preserve">私は（当社は）以下の事項に基づき、庭の手入れ関係の作業を                                    　　　　　　　　　　　　　　　　         </t>
+    <rPh sb="1" eb="3">
+      <t>キャクサマ</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>ジュチュウ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>デンピョウ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>タントウ</t>
+    </rPh>
+    <rPh sb="17" eb="18">
+      <t>ニワ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>F A X</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>携　帯</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>電　話</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>〒　　　　－</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>住所</t>
+    <rPh sb="0" eb="2">
+      <t>ジュウショ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>担当者　　　（企業等）</t>
+    <rPh sb="9" eb="10">
+      <t>トウ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>課税事業者</t>
+    <rPh sb="0" eb="5">
+      <t>カゼイジギョウシャ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>　　　　　　　　　　　　　　　　　　　　印</t>
+    <rPh sb="20" eb="21">
+      <t>イン</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>お客様名</t>
+    <rPh sb="1" eb="2">
+      <t>キャク</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>サマ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>令和８年度　庭の手入れ作業予約依頼書</t>
+    <rPh sb="6" eb="7">
+      <t>ニワ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>テイ</t>
+    </rPh>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t xml:space="preserve"> E-mail: nagaizumi@sjc.ne.jp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  FAX 055-988-2681</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>　　　　　　　　　　　</t>
+    <phoneticPr fontId="3" alignment="center"/>
+  </si>
+  <si>
+    <t>長泉町シルバー人材センター　住所：〒411-0951　長泉町桜堤1-10-9</t>
+    <rPh sb="27" eb="30">
+      <t>ナガイズミチョウ</t>
+    </rPh>
+    <rPh sb="30" eb="32">
+      <t>サクラヅツミ</t>
+    </rPh>
     <phoneticPr fontId="3" alignment="center"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="[$-411]ge\.m\.d;@"/>
   </numFmts>
   <fonts count="15">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
+      <sz val="6"/>
       <name val="游ゴシック"/>
-      <family val="3"/>
+      <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="6"/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="Yu Gothic"/>
       <family val="2"/>
-      <charset val="128"/>
-[...58 lines deleted...]
-      <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐ明朝"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐ明朝"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐ明朝"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐ明朝"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐ明朝"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐ明朝"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="67">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="double">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="double">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="double">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="double">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="double">
+        <color auto="1"/>
+      </right>
+      <top style="double">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="double">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="double">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thick">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color auto="1"/>
       </left>
-      <right style="thin">
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
         <color auto="1"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...18 lines deleted...]
-      <left style="thin">
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
         <color auto="1"/>
       </left>
       <right/>
-      <top style="thick">
-[...4 lines deleted...]
-      </bottom>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...10 lines deleted...]
-      <right style="thin">
+      <right style="thick">
         <color auto="1"/>
       </right>
-      <top style="thick">
-[...107 lines deleted...]
-      </bottom>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color auto="1"/>
       </left>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right style="thick">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thick">
         <color auto="1"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thick">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thick">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thick">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thick">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thick">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right/>
-      <top/>
-[...7 lines deleted...]
-      <right style="thick">
+      <top style="thick">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
-      <bottom style="medium">
-[...11 lines deleted...]
-      </top>
       <bottom style="thin">
-        <color auto="1"/>
-[...530 lines deleted...]
-      <bottom style="double">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
   <cellXfs count="114">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1">
-[...56 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1">
-[...78 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...61 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>11</xdr:col>
       <xdr:colOff>458980</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>118113</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>577400</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>138951</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="矢印: 折線 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4F987B7-F23F-4682-8F01-633EDEA0E842}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08E5D147-3737-4820-9228-084942235961}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="10800000" flipH="1">
-          <a:off x="4945255" y="9500238"/>
-          <a:ext cx="118420" cy="268488"/>
+          <a:off x="8002780" y="12024363"/>
+          <a:ext cx="118420" cy="258963"/>
         </a:xfrm>
         <a:prstGeom prst="bentArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 15404"/>
             <a:gd name="adj2" fmla="val 25000"/>
             <a:gd name="adj3" fmla="val 25000"/>
             <a:gd name="adj4" fmla="val 43750"/>
           </a:avLst>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
@@ -1990,119 +2011,119 @@
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>188258</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>49306</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>233977</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>206188</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="左大かっこ 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37AE3400-035D-45E6-9D91-DF2EEC85DD00}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A7BE7A3-5A79-4A89-9018-3320007B84E7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="512108" y="9431431"/>
-          <a:ext cx="45719" cy="404532"/>
+          <a:off x="1559858" y="11955556"/>
+          <a:ext cx="45719" cy="395007"/>
         </a:xfrm>
         <a:prstGeom prst="leftBracket">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="9525"/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="dk1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>74564</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>44824</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>120283</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>210670</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="右大かっこ 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C708DC5-DAF4-44E6-BFE9-C9AC285A4A47}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9302400F-76C3-496F-896F-EF1B7E687988}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="1655714" y="9426949"/>
-          <a:ext cx="45719" cy="413496"/>
+          <a:off x="3503564" y="11951074"/>
+          <a:ext cx="45719" cy="403971"/>
         </a:xfrm>
         <a:prstGeom prst="rightBracket">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="9525"/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="1">
           <a:schemeClr val="dk1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
@@ -2111,60 +2132,60 @@
             <a:t>　　　</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>444890</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>112058</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>547984</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>138953</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="矢印: 折線 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F188DC9-644C-40FA-A1E6-324269F659E0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94FC1F7F-5E23-467E-8E48-AE909BA0C025}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="10800000" flipH="1">
-          <a:off x="2435615" y="9494183"/>
-          <a:ext cx="103094" cy="274545"/>
+          <a:off x="4559690" y="12018308"/>
+          <a:ext cx="103094" cy="265020"/>
         </a:xfrm>
         <a:prstGeom prst="bentArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 15404"/>
             <a:gd name="adj2" fmla="val 25000"/>
             <a:gd name="adj3" fmla="val 25000"/>
             <a:gd name="adj4" fmla="val 43750"/>
           </a:avLst>
         </a:prstGeom>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
@@ -2185,60 +2206,60 @@
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>423831</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>89646</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>47314</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>135365</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="6" name="矢印: 右 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A57C5F96-5DD1-480E-8F7B-CF0CB9A7B014}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8ABBB1D0-2D3A-47B5-9EB9-D9DD1A254F9F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="2414556" y="9471771"/>
-          <a:ext cx="2119033" cy="45719"/>
+          <a:off x="4538631" y="11995896"/>
+          <a:ext cx="3052483" cy="45719"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 50000"/>
             <a:gd name="adj2" fmla="val 62024"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
@@ -2256,60 +2277,60 @@
           <a:pPr algn="l"/>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>441476</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>107576</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>487195</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>116540</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="7" name="矢印: 上向き折線 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F240DFF9-39D6-43F3-BC74-3F0D6B9963C1}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0166A231-A1C7-41C6-B4A4-0D5639D461D9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="4413401" y="9489701"/>
-          <a:ext cx="45719" cy="256614"/>
+          <a:off x="7299476" y="12013826"/>
+          <a:ext cx="45719" cy="247089"/>
         </a:xfrm>
         <a:prstGeom prst="bentUpArrow">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="dk1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="dk1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="dk1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
@@ -2601,1052 +2622,1052 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B6E19EF-4949-4EF9-8C58-78284B302CAA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2D277EC4-D7FE-4190-BD37-1A9BE74C4BD6}">
   <dimension ref="A1:O52"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="98" zoomScaleNormal="98" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="P28" sqref="P28"/>
+    <sheetView tabSelected="1" topLeftCell="A13" zoomScale="98" zoomScaleNormal="98" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="M19" sqref="M19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75"/>
   <cols>
     <col min="1" max="2" width="2.125" customWidth="1"/>
     <col min="3" max="3" width="5.75" customWidth="1"/>
     <col min="4" max="6" width="5.375" customWidth="1"/>
     <col min="8" max="9" width="4.875" customWidth="1"/>
     <col min="10" max="10" width="7.25" customWidth="1"/>
     <col min="11" max="11" width="6.75" customWidth="1"/>
     <col min="12" max="12" width="9.75" customWidth="1"/>
     <col min="13" max="13" width="16.375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="12" customHeight="1">
-      <c r="A1" s="1" t="s">
-[...13 lines deleted...]
-      <c r="M1" s="1"/>
+      <c r="A1" s="113" t="s">
+        <v>65</v>
+      </c>
+      <c r="B1" s="113"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
+      <c r="F1" s="113"/>
+      <c r="G1" s="113"/>
+      <c r="H1" s="113"/>
+      <c r="I1" s="113"/>
+      <c r="J1" s="113"/>
+      <c r="K1" s="113"/>
+      <c r="L1" s="113"/>
+      <c r="M1" s="113"/>
     </row>
     <row r="2" spans="1:15" ht="12" customHeight="1">
-      <c r="A2" s="2" t="s">
-[...17 lines deleted...]
-      <c r="M2" s="2"/>
+      <c r="A2" s="112" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" s="112"/>
+      <c r="C2" s="112"/>
+      <c r="D2" s="112"/>
+      <c r="E2" s="112"/>
+      <c r="F2" s="112"/>
+      <c r="G2" s="112" t="s">
+        <v>63</v>
+      </c>
+      <c r="H2" s="112"/>
+      <c r="I2" s="112"/>
+      <c r="J2" s="112" t="s">
+        <v>62</v>
+      </c>
+      <c r="K2" s="112"/>
+      <c r="L2" s="112"/>
+      <c r="M2" s="112"/>
     </row>
     <row r="3" spans="1:15" ht="12" customHeight="1">
-      <c r="A3" s="3" t="s">
+      <c r="A3" s="111" t="s">
+        <v>61</v>
+      </c>
+      <c r="B3" s="111"/>
+      <c r="C3" s="111"/>
+      <c r="D3" s="111"/>
+      <c r="E3" s="111"/>
+      <c r="F3" s="111"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="111"/>
+      <c r="I3" s="111"/>
+      <c r="J3" s="111"/>
+      <c r="K3" s="111"/>
+      <c r="L3" s="111"/>
+      <c r="M3" s="111"/>
+    </row>
+    <row r="4" spans="1:15" ht="22.9" customHeight="1" thickBot="1">
+      <c r="A4" s="110"/>
+      <c r="B4" s="110"/>
+      <c r="C4" s="110"/>
+      <c r="D4" s="110"/>
+      <c r="E4" s="110"/>
+      <c r="F4" s="110"/>
+      <c r="G4" s="110"/>
+      <c r="H4" s="110"/>
+      <c r="I4" s="110"/>
+      <c r="J4" s="110"/>
+      <c r="K4" s="110"/>
+      <c r="L4" s="110"/>
+      <c r="M4" s="110"/>
+    </row>
+    <row r="5" spans="1:15" ht="36" customHeight="1" thickTop="1">
+      <c r="A5" s="109" t="s">
+        <v>60</v>
+      </c>
+      <c r="B5" s="108"/>
+      <c r="C5" s="108"/>
+      <c r="D5" s="106" t="s">
+        <v>59</v>
+      </c>
+      <c r="E5" s="107"/>
+      <c r="F5" s="107"/>
+      <c r="G5" s="107"/>
+      <c r="H5" s="105"/>
+      <c r="I5" s="106" t="s">
+        <v>58</v>
+      </c>
+      <c r="J5" s="105"/>
+      <c r="K5" s="104"/>
+      <c r="L5" s="103" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" s="102"/>
+    </row>
+    <row r="6" spans="1:15" ht="20.45" customHeight="1">
+      <c r="A6" s="101" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" s="100"/>
+      <c r="C6" s="99" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" s="99"/>
+      <c r="E6" s="99"/>
+      <c r="F6" s="99"/>
+      <c r="G6" s="99"/>
+      <c r="H6" s="99"/>
+      <c r="I6" s="99"/>
+      <c r="J6" s="99"/>
+      <c r="K6" s="98" t="s">
+        <v>54</v>
+      </c>
+      <c r="L6" s="97"/>
+      <c r="M6" s="96"/>
+    </row>
+    <row r="7" spans="1:15" ht="20.45" customHeight="1">
+      <c r="A7" s="101"/>
+      <c r="B7" s="100"/>
+      <c r="C7" s="99"/>
+      <c r="D7" s="99"/>
+      <c r="E7" s="99"/>
+      <c r="F7" s="99"/>
+      <c r="G7" s="99"/>
+      <c r="H7" s="99"/>
+      <c r="I7" s="99"/>
+      <c r="J7" s="99"/>
+      <c r="K7" s="98" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7" s="97"/>
+      <c r="M7" s="96"/>
+    </row>
+    <row r="8" spans="1:15" ht="19.5" thickBot="1">
+      <c r="A8" s="95"/>
+      <c r="B8" s="94"/>
+      <c r="C8" s="93"/>
+      <c r="D8" s="93"/>
+      <c r="E8" s="93"/>
+      <c r="F8" s="93"/>
+      <c r="G8" s="93"/>
+      <c r="H8" s="93"/>
+      <c r="I8" s="93"/>
+      <c r="J8" s="93"/>
+      <c r="K8" s="92" t="s">
+        <v>52</v>
+      </c>
+      <c r="L8" s="91"/>
+      <c r="M8" s="90"/>
+      <c r="O8" s="89"/>
+    </row>
+    <row r="9" spans="1:15" ht="15" customHeight="1">
+      <c r="A9" s="88" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" s="87"/>
+      <c r="C9" s="87"/>
+      <c r="D9" s="87"/>
+      <c r="E9" s="87"/>
+      <c r="F9" s="87"/>
+      <c r="G9" s="87"/>
+      <c r="H9" s="87"/>
+      <c r="I9" s="87"/>
+      <c r="J9" s="87"/>
+      <c r="K9" s="87"/>
+      <c r="L9" s="87"/>
+      <c r="M9" s="86"/>
+      <c r="N9" s="11"/>
+    </row>
+    <row r="10" spans="1:15" ht="15" customHeight="1" thickBot="1">
+      <c r="A10" s="85" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" s="84"/>
+      <c r="C10" s="84"/>
+      <c r="D10" s="84"/>
+      <c r="E10" s="84"/>
+      <c r="F10" s="84"/>
+      <c r="G10" s="84"/>
+      <c r="H10" s="84"/>
+      <c r="I10" s="84"/>
+      <c r="J10" s="84"/>
+      <c r="K10" s="84"/>
+      <c r="L10" s="84"/>
+      <c r="M10" s="83"/>
+      <c r="N10" s="11"/>
+    </row>
+    <row r="11" spans="1:15" ht="15" customHeight="1">
+      <c r="A11" s="75"/>
+      <c r="B11" s="74" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="74"/>
+      <c r="D11" s="74"/>
+      <c r="E11" s="74"/>
+      <c r="F11" s="74"/>
+      <c r="G11" s="74" t="s">
+        <v>31</v>
+      </c>
+      <c r="H11" s="74"/>
+      <c r="I11" s="74"/>
+      <c r="J11" s="74"/>
+      <c r="K11" s="74"/>
+      <c r="L11" s="74"/>
+      <c r="M11" s="73"/>
+      <c r="N11" s="11"/>
+    </row>
+    <row r="12" spans="1:15" ht="15" customHeight="1" thickBot="1">
+      <c r="A12" s="82"/>
+      <c r="B12" s="78"/>
+      <c r="C12" s="78" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="78"/>
+      <c r="E12" s="78"/>
+      <c r="G12" s="81"/>
+      <c r="I12" s="78" t="s">
+        <v>47</v>
+      </c>
+      <c r="J12" s="78"/>
+      <c r="K12" s="80"/>
+      <c r="L12" s="79" t="s">
+        <v>46</v>
+      </c>
+      <c r="M12" s="67"/>
+      <c r="N12" s="11"/>
+    </row>
+    <row r="13" spans="1:15" ht="15" customHeight="1">
+      <c r="A13" s="75"/>
+      <c r="B13" s="74" t="s">
+        <v>45</v>
+      </c>
+      <c r="C13" s="74"/>
+      <c r="D13" s="74"/>
+      <c r="E13" s="74"/>
+      <c r="F13" s="74"/>
+      <c r="G13" s="74" t="s">
+        <v>31</v>
+      </c>
+      <c r="H13" s="74"/>
+      <c r="I13" s="74"/>
+      <c r="J13" s="74"/>
+      <c r="K13" s="74"/>
+      <c r="L13" s="74"/>
+      <c r="M13" s="73"/>
+      <c r="N13" s="11"/>
+    </row>
+    <row r="14" spans="1:15" ht="15" customHeight="1">
+      <c r="A14" s="72"/>
+      <c r="B14" s="71"/>
+      <c r="C14" s="71" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" s="71"/>
+      <c r="E14" s="71"/>
+      <c r="F14" s="71"/>
+      <c r="G14" s="71"/>
+      <c r="H14" s="71"/>
+      <c r="I14" s="71"/>
+      <c r="J14" s="71"/>
+      <c r="K14" s="71"/>
+      <c r="L14" s="71"/>
+      <c r="M14" s="70"/>
+      <c r="N14" s="11"/>
+    </row>
+    <row r="15" spans="1:15" ht="15" customHeight="1" thickBot="1">
+      <c r="A15" s="69"/>
+      <c r="B15" s="68"/>
+      <c r="C15" s="68" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" s="68"/>
+      <c r="E15" s="68"/>
+      <c r="F15" s="68"/>
+      <c r="G15" s="68"/>
+      <c r="H15" s="68"/>
+      <c r="I15" s="68"/>
+      <c r="J15" s="68"/>
+      <c r="K15" s="68"/>
+      <c r="L15" s="68"/>
+      <c r="M15" s="67"/>
+      <c r="N15" s="11"/>
+    </row>
+    <row r="16" spans="1:15" ht="15" customHeight="1">
+      <c r="A16" s="75"/>
+      <c r="B16" s="74" t="s">
+        <v>42</v>
+      </c>
+      <c r="C16" s="74"/>
+      <c r="D16" s="74"/>
+      <c r="E16" s="74"/>
+      <c r="F16" s="74"/>
+      <c r="G16" s="74" t="s">
+        <v>41</v>
+      </c>
+      <c r="H16" s="74"/>
+      <c r="I16" s="74"/>
+      <c r="J16" s="74"/>
+      <c r="K16" s="74"/>
+      <c r="L16" s="74"/>
+      <c r="M16" s="73"/>
+      <c r="N16" s="11"/>
+    </row>
+    <row r="17" spans="1:14" ht="15" customHeight="1">
+      <c r="A17" s="72" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="78"/>
+      <c r="C17" s="78"/>
+      <c r="D17" s="78"/>
+      <c r="E17" s="78"/>
+      <c r="F17" s="78"/>
+      <c r="G17" s="78"/>
+      <c r="H17" s="78"/>
+      <c r="I17" s="78"/>
+      <c r="J17" s="78"/>
+      <c r="K17" s="78"/>
+      <c r="L17" s="78"/>
+      <c r="M17" s="77"/>
+      <c r="N17" s="11"/>
+    </row>
+    <row r="18" spans="1:14" ht="15" customHeight="1">
+      <c r="A18" s="72" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="78"/>
+      <c r="C18" s="78"/>
+      <c r="D18" s="78"/>
+      <c r="E18" s="78"/>
+      <c r="F18" s="78"/>
+      <c r="G18" s="78"/>
+      <c r="H18" s="78"/>
+      <c r="I18" s="78"/>
+      <c r="J18" s="78"/>
+      <c r="K18" s="78"/>
+      <c r="L18" s="78"/>
+      <c r="M18" s="77"/>
+      <c r="N18" s="11"/>
+    </row>
+    <row r="19" spans="1:14" ht="15" customHeight="1" thickBot="1">
+      <c r="A19" s="72" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" s="68"/>
+      <c r="C19" s="68"/>
+      <c r="D19" s="68"/>
+      <c r="E19" s="68"/>
+      <c r="F19" s="68"/>
+      <c r="G19" s="68"/>
+      <c r="H19" s="68"/>
+      <c r="I19" s="68"/>
+      <c r="J19" s="68"/>
+      <c r="K19" s="68"/>
+      <c r="L19" s="68"/>
+      <c r="M19" s="67"/>
+      <c r="N19" s="11"/>
+    </row>
+    <row r="20" spans="1:14" ht="15" customHeight="1">
+      <c r="A20" s="75"/>
+      <c r="B20" s="76" t="s">
+        <v>37</v>
+      </c>
+      <c r="C20" s="74"/>
+      <c r="D20" s="74"/>
+      <c r="E20" s="74"/>
+      <c r="F20" s="74"/>
+      <c r="G20" s="74"/>
+      <c r="H20" s="74"/>
+      <c r="I20" s="74"/>
+      <c r="J20" s="74"/>
+      <c r="K20" s="74"/>
+      <c r="L20" s="74"/>
+      <c r="M20" s="73"/>
+      <c r="N20" s="11"/>
+    </row>
+    <row r="21" spans="1:14" ht="15" customHeight="1">
+      <c r="A21" s="72"/>
+      <c r="B21" s="71" t="s">
+        <v>36</v>
+      </c>
+      <c r="C21" s="71"/>
+      <c r="D21" s="71"/>
+      <c r="E21" s="71"/>
+      <c r="F21" s="71"/>
+      <c r="G21" s="71"/>
+      <c r="H21" s="71"/>
+      <c r="I21" s="71"/>
+      <c r="J21" s="71"/>
+      <c r="K21" s="71"/>
+      <c r="L21" s="71"/>
+      <c r="M21" s="70"/>
+      <c r="N21" s="11"/>
+    </row>
+    <row r="22" spans="1:14" ht="15" customHeight="1" thickBot="1">
+      <c r="A22" s="69"/>
+      <c r="B22" s="68"/>
+      <c r="C22" s="68"/>
+      <c r="D22" s="68"/>
+      <c r="E22" s="68"/>
+      <c r="F22" s="68"/>
+      <c r="G22" s="68"/>
+      <c r="H22" s="68"/>
+      <c r="I22" s="68"/>
+      <c r="J22" s="68"/>
+      <c r="K22" s="68"/>
+      <c r="L22" s="68"/>
+      <c r="M22" s="67"/>
+      <c r="N22" s="11"/>
+    </row>
+    <row r="23" spans="1:14" ht="15" customHeight="1">
+      <c r="A23" s="75"/>
+      <c r="B23" s="74" t="s">
+        <v>35</v>
+      </c>
+      <c r="C23" s="74"/>
+      <c r="D23" s="74"/>
+      <c r="E23" s="74"/>
+      <c r="F23" s="74"/>
+      <c r="G23" s="74" t="s">
+        <v>31</v>
+      </c>
+      <c r="H23" s="74"/>
+      <c r="I23" s="74"/>
+      <c r="J23" s="74"/>
+      <c r="K23" s="74"/>
+      <c r="L23" s="74"/>
+      <c r="M23" s="73"/>
+      <c r="N23" s="11"/>
+    </row>
+    <row r="24" spans="1:14" ht="15" customHeight="1">
+      <c r="A24" s="72"/>
+      <c r="B24" s="71"/>
+      <c r="C24" s="71" t="s">
+        <v>34</v>
+      </c>
+      <c r="D24" s="71"/>
+      <c r="E24" s="71"/>
+      <c r="F24" s="71"/>
+      <c r="G24" s="71"/>
+      <c r="H24" s="71"/>
+      <c r="I24" s="71"/>
+      <c r="J24" s="71"/>
+      <c r="K24" s="71"/>
+      <c r="L24" s="71"/>
+      <c r="M24" s="70"/>
+      <c r="N24" s="11"/>
+    </row>
+    <row r="25" spans="1:14" ht="15" customHeight="1" thickBot="1">
+      <c r="A25" s="69"/>
+      <c r="B25" s="68"/>
+      <c r="C25" s="68" t="s">
+        <v>33</v>
+      </c>
+      <c r="D25" s="68"/>
+      <c r="E25" s="68"/>
+      <c r="F25" s="68"/>
+      <c r="G25" s="68"/>
+      <c r="H25" s="68"/>
+      <c r="I25" s="68"/>
+      <c r="J25" s="68"/>
+      <c r="K25" s="68"/>
+      <c r="L25" s="68"/>
+      <c r="M25" s="67"/>
+      <c r="N25" s="11"/>
+    </row>
+    <row r="26" spans="1:14" ht="15" customHeight="1">
+      <c r="A26" s="75"/>
+      <c r="B26" s="74" t="s">
+        <v>32</v>
+      </c>
+      <c r="C26" s="74"/>
+      <c r="D26" s="74"/>
+      <c r="E26" s="74"/>
+      <c r="F26" s="74"/>
+      <c r="G26" s="74" t="s">
+        <v>31</v>
+      </c>
+      <c r="H26" s="74"/>
+      <c r="I26" s="74"/>
+      <c r="J26" s="74"/>
+      <c r="K26" s="74"/>
+      <c r="L26" s="74"/>
+      <c r="M26" s="73"/>
+      <c r="N26" s="11"/>
+    </row>
+    <row r="27" spans="1:14" ht="15" customHeight="1">
+      <c r="A27" s="72"/>
+      <c r="B27" s="71" t="s">
+        <v>29</v>
+      </c>
+      <c r="C27" s="71" t="s">
+        <v>30</v>
+      </c>
+      <c r="D27" s="71"/>
+      <c r="E27" s="71"/>
+      <c r="F27" s="71"/>
+      <c r="G27" s="71"/>
+      <c r="H27" s="71"/>
+      <c r="I27" s="71"/>
+      <c r="J27" s="71"/>
+      <c r="K27" s="71"/>
+      <c r="L27" s="71"/>
+      <c r="M27" s="70"/>
+      <c r="N27" s="11"/>
+    </row>
+    <row r="28" spans="1:14" ht="15" customHeight="1" thickBot="1">
+      <c r="A28" s="72"/>
+      <c r="B28" s="71" t="s">
+        <v>29</v>
+      </c>
+      <c r="C28" s="71" t="s">
+        <v>28</v>
+      </c>
+      <c r="D28" s="71"/>
+      <c r="E28" s="71"/>
+      <c r="F28" s="71"/>
+      <c r="G28" s="71"/>
+      <c r="H28" s="71"/>
+      <c r="I28" s="71"/>
+      <c r="J28" s="71"/>
+      <c r="K28" s="71"/>
+      <c r="L28" s="71"/>
+      <c r="M28" s="70"/>
+      <c r="N28" s="11"/>
+    </row>
+    <row r="29" spans="1:14" ht="15" customHeight="1">
+      <c r="A29" s="75"/>
+      <c r="B29" s="74" t="s">
+        <v>27</v>
+      </c>
+      <c r="C29" s="74"/>
+      <c r="D29" s="74"/>
+      <c r="E29" s="74"/>
+      <c r="F29" s="74"/>
+      <c r="G29" s="74"/>
+      <c r="H29" s="74"/>
+      <c r="I29" s="74"/>
+      <c r="J29" s="74"/>
+      <c r="K29" s="74"/>
+      <c r="L29" s="74"/>
+      <c r="M29" s="73"/>
+      <c r="N29" s="11"/>
+    </row>
+    <row r="30" spans="1:14" ht="15" customHeight="1">
+      <c r="A30" s="72"/>
+      <c r="B30" s="71"/>
+      <c r="C30" s="71" t="s">
+        <v>26</v>
+      </c>
+      <c r="D30" s="71"/>
+      <c r="E30" s="71"/>
+      <c r="F30" s="71"/>
+      <c r="G30" s="71"/>
+      <c r="H30" s="71"/>
+      <c r="I30" s="71"/>
+      <c r="J30" s="71"/>
+      <c r="K30" s="71"/>
+      <c r="L30" s="71"/>
+      <c r="M30" s="70"/>
+      <c r="N30" s="11"/>
+    </row>
+    <row r="31" spans="1:14" ht="15" customHeight="1" thickBot="1">
+      <c r="A31" s="69"/>
+      <c r="B31" s="68"/>
+      <c r="C31" s="68" t="s">
+        <v>25</v>
+      </c>
+      <c r="D31" s="68"/>
+      <c r="E31" s="68"/>
+      <c r="F31" s="68"/>
+      <c r="G31" s="68"/>
+      <c r="H31" s="68"/>
+      <c r="I31" s="68"/>
+      <c r="J31" s="68"/>
+      <c r="K31" s="68"/>
+      <c r="L31" s="68"/>
+      <c r="M31" s="67"/>
+      <c r="N31" s="11"/>
+    </row>
+    <row r="32" spans="1:14" ht="16.899999999999999" customHeight="1">
+      <c r="A32" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="65"/>
+      <c r="C32" s="65"/>
+      <c r="D32" s="65"/>
+      <c r="E32" s="65"/>
+      <c r="F32" s="65"/>
+      <c r="G32" s="65"/>
+      <c r="H32" s="65"/>
+      <c r="I32" s="65"/>
+      <c r="J32" s="65"/>
+      <c r="K32" s="65"/>
+      <c r="L32" s="65"/>
+      <c r="M32" s="64"/>
+      <c r="N32" s="11"/>
+    </row>
+    <row r="33" spans="1:14" ht="16.899999999999999" customHeight="1">
+      <c r="A33" s="62"/>
+      <c r="B33" s="57"/>
+      <c r="C33" s="57"/>
+      <c r="D33" s="57"/>
+      <c r="E33" s="57"/>
+      <c r="F33" s="57"/>
+      <c r="G33" s="57"/>
+      <c r="H33" s="57"/>
+      <c r="I33" s="57"/>
+      <c r="J33" s="57"/>
+      <c r="K33" s="57"/>
+      <c r="L33" s="57"/>
+      <c r="M33" s="63"/>
+      <c r="N33" s="11"/>
+    </row>
+    <row r="34" spans="1:14" ht="16.899999999999999" customHeight="1">
+      <c r="A34" s="62"/>
+      <c r="B34" s="57"/>
+      <c r="C34" s="57"/>
+      <c r="D34" s="57"/>
+      <c r="E34" s="57"/>
+      <c r="F34" s="57"/>
+      <c r="G34" s="57"/>
+      <c r="H34" s="57"/>
+      <c r="I34" s="57"/>
+      <c r="J34" s="57"/>
+      <c r="K34" s="57"/>
+      <c r="L34" s="57"/>
+      <c r="M34" s="63"/>
+      <c r="N34" s="11"/>
+    </row>
+    <row r="35" spans="1:14" ht="16.899999999999999" customHeight="1">
+      <c r="A35" s="62"/>
+      <c r="B35" s="57"/>
+      <c r="C35" s="57"/>
+      <c r="D35" s="57"/>
+      <c r="E35" s="57"/>
+      <c r="F35" s="57"/>
+      <c r="G35" s="57"/>
+      <c r="H35" s="57"/>
+      <c r="I35" s="57"/>
+      <c r="J35" s="57"/>
+      <c r="K35" s="57"/>
+      <c r="L35" s="57"/>
+      <c r="M35" s="63"/>
+      <c r="N35" s="11"/>
+    </row>
+    <row r="36" spans="1:14" ht="16.899999999999999" customHeight="1">
+      <c r="A36" s="62"/>
+      <c r="B36" s="57"/>
+      <c r="C36" s="57"/>
+      <c r="D36" s="57"/>
+      <c r="E36" s="57"/>
+      <c r="F36" s="57"/>
+      <c r="G36" s="57"/>
+      <c r="H36" s="57"/>
+      <c r="I36" s="57"/>
+      <c r="J36" s="57"/>
+      <c r="K36" s="57"/>
+      <c r="L36" s="57"/>
+      <c r="M36" s="61"/>
+      <c r="N36" s="11"/>
+    </row>
+    <row r="37" spans="1:14" ht="16.899999999999999" customHeight="1" thickBot="1">
+      <c r="A37" s="60"/>
+      <c r="B37" s="59"/>
+      <c r="C37" s="59"/>
+      <c r="D37" s="59"/>
+      <c r="E37" s="59"/>
+      <c r="F37" s="59"/>
+      <c r="G37" s="59"/>
+      <c r="H37" s="59"/>
+      <c r="I37" s="59"/>
+      <c r="J37" s="59"/>
+      <c r="K37" s="59"/>
+      <c r="L37" s="59"/>
+      <c r="M37" s="58"/>
+      <c r="N37" s="11"/>
+    </row>
+    <row r="38" spans="1:14" ht="4.1500000000000004" customHeight="1" thickTop="1" thickBot="1">
+      <c r="A38" s="57"/>
+      <c r="B38" s="57"/>
+      <c r="C38" s="57"/>
+      <c r="D38" s="57"/>
+      <c r="E38" s="57"/>
+      <c r="F38" s="57"/>
+      <c r="G38" s="57"/>
+      <c r="H38" s="57"/>
+      <c r="I38" s="57"/>
+      <c r="J38" s="57"/>
+      <c r="K38" s="57"/>
+      <c r="L38" s="57"/>
+      <c r="M38" s="57"/>
+      <c r="N38" s="11"/>
+    </row>
+    <row r="39" spans="1:14" ht="19.5" customHeight="1" thickTop="1" thickBot="1">
+      <c r="A39" s="56" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="55"/>
+      <c r="C39" s="55"/>
+      <c r="D39" s="55"/>
+      <c r="E39" s="55"/>
+      <c r="F39" s="55"/>
+      <c r="G39" s="55"/>
+      <c r="H39" s="55"/>
+      <c r="I39" s="55"/>
+      <c r="J39" s="55"/>
+      <c r="K39" s="55"/>
+      <c r="L39" s="55"/>
+      <c r="M39" s="54"/>
+      <c r="N39" s="11"/>
+    </row>
+    <row r="40" spans="1:14" ht="19.5" customHeight="1" thickBot="1">
+      <c r="A40" s="53"/>
+      <c r="B40" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="C40" s="52"/>
+      <c r="D40" s="51"/>
+      <c r="E40" s="50" t="s">
+        <v>21</v>
+      </c>
+      <c r="F40" s="49"/>
+      <c r="G40" s="49"/>
+      <c r="H40" s="49"/>
+      <c r="I40" s="49"/>
+      <c r="J40" s="48"/>
+      <c r="K40" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="L40" s="18"/>
+      <c r="M40" s="47" t="s">
+        <v>19</v>
+      </c>
+      <c r="N40" s="11"/>
+    </row>
+    <row r="41" spans="1:14" ht="10.15" customHeight="1" thickBot="1">
+      <c r="A41" s="19"/>
+      <c r="B41" s="18"/>
+      <c r="C41" s="18"/>
+      <c r="D41" s="13"/>
+      <c r="E41" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="F41" s="45"/>
+      <c r="G41" s="45"/>
+      <c r="H41" s="45"/>
+      <c r="I41" s="45"/>
+      <c r="J41" s="44"/>
+      <c r="K41" s="43" t="s">
+        <v>17</v>
+      </c>
+      <c r="L41" s="42"/>
+      <c r="M41" s="41"/>
+      <c r="N41" s="11"/>
+    </row>
+    <row r="42" spans="1:14" ht="10.15" customHeight="1" thickBot="1">
+      <c r="A42" s="19"/>
+      <c r="B42" s="18"/>
+      <c r="C42" s="18"/>
+      <c r="D42" s="13"/>
+      <c r="E42" s="40" t="s">
+        <v>16</v>
+      </c>
+      <c r="F42" s="39"/>
+      <c r="G42" s="39"/>
+      <c r="H42" s="39"/>
+      <c r="I42" s="39"/>
+      <c r="J42" s="38"/>
+      <c r="K42" s="28"/>
+      <c r="L42" s="27"/>
+      <c r="M42" s="12"/>
+      <c r="N42" s="11"/>
+    </row>
+    <row r="43" spans="1:14" ht="10.15" customHeight="1">
+      <c r="A43" s="37"/>
+      <c r="B43" s="36" t="s">
+        <v>15</v>
+      </c>
+      <c r="C43" s="36"/>
+      <c r="D43" s="35"/>
+      <c r="E43" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="33"/>
+      <c r="G43" s="33"/>
+      <c r="H43" s="33"/>
+      <c r="I43" s="33"/>
+      <c r="J43" s="32"/>
+      <c r="K43" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L43" s="27"/>
+      <c r="M43" s="12"/>
+      <c r="N43" s="11"/>
+    </row>
+    <row r="44" spans="1:14" ht="10.15" customHeight="1" thickBot="1">
+      <c r="A44" s="31"/>
+      <c r="B44" s="30"/>
+      <c r="C44" s="30"/>
+      <c r="D44" s="29"/>
+      <c r="E44" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" s="16"/>
+      <c r="G44" s="16"/>
+      <c r="H44" s="16"/>
+      <c r="I44" s="16"/>
+      <c r="J44" s="15"/>
+      <c r="K44" s="28"/>
+      <c r="L44" s="27"/>
+      <c r="M44" s="12"/>
+      <c r="N44" s="11"/>
+    </row>
+    <row r="45" spans="1:14" ht="10.15" customHeight="1" thickBot="1">
+      <c r="A45" s="19"/>
+      <c r="B45" s="18"/>
+      <c r="C45" s="18"/>
+      <c r="D45" s="13"/>
+      <c r="E45" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" s="16"/>
+      <c r="G45" s="16"/>
+      <c r="H45" s="16"/>
+      <c r="I45" s="16"/>
+      <c r="J45" s="15"/>
+      <c r="K45" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L45" s="27"/>
+      <c r="M45" s="12"/>
+      <c r="N45" s="11"/>
+    </row>
+    <row r="46" spans="1:14" ht="10.15" customHeight="1" thickBot="1">
+      <c r="A46" s="19"/>
+      <c r="B46" s="18"/>
+      <c r="C46" s="18"/>
+      <c r="D46" s="13"/>
+      <c r="E46" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="F46" s="16"/>
+      <c r="G46" s="16"/>
+      <c r="H46" s="16"/>
+      <c r="I46" s="16"/>
+      <c r="J46" s="15"/>
+      <c r="K46" s="26"/>
+      <c r="L46" s="25"/>
+      <c r="M46" s="12"/>
+      <c r="N46" s="11"/>
+    </row>
+    <row r="47" spans="1:14" ht="10.15" customHeight="1" thickBot="1">
+      <c r="A47" s="19"/>
+      <c r="B47" s="18"/>
+      <c r="C47" s="18"/>
+      <c r="D47" s="13"/>
+      <c r="E47" s="22" t="s">
+        <v>9</v>
+      </c>
+      <c r="F47" s="24"/>
+      <c r="G47" s="24"/>
+      <c r="H47" s="24"/>
+      <c r="I47" s="24"/>
+      <c r="J47" s="23"/>
+      <c r="K47" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="L47" s="13"/>
+      <c r="M47" s="12"/>
+      <c r="N47" s="11"/>
+    </row>
+    <row r="48" spans="1:14" ht="10.15" customHeight="1" thickBot="1">
+      <c r="A48" s="19"/>
+      <c r="B48" s="18"/>
+      <c r="C48" s="18"/>
+      <c r="D48" s="13"/>
+      <c r="E48" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="F48" s="21"/>
+      <c r="G48" s="21"/>
+      <c r="H48" s="21"/>
+      <c r="I48" s="21"/>
+      <c r="J48" s="20"/>
+      <c r="K48" s="14"/>
+      <c r="L48" s="13"/>
+      <c r="M48" s="12"/>
+      <c r="N48" s="11"/>
+    </row>
+    <row r="49" spans="1:14" ht="10.15" customHeight="1" thickBot="1">
+      <c r="A49" s="19"/>
+      <c r="B49" s="18"/>
+      <c r="C49" s="18"/>
+      <c r="D49" s="13"/>
+      <c r="E49" s="17" t="s">
+        <v>6</v>
+      </c>
+      <c r="F49" s="16"/>
+      <c r="G49" s="16"/>
+      <c r="H49" s="16"/>
+      <c r="I49" s="16"/>
+      <c r="J49" s="15"/>
+      <c r="K49" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="L49" s="13"/>
+      <c r="M49" s="12"/>
+      <c r="N49" s="11"/>
+    </row>
+    <row r="50" spans="1:14" ht="10.15" customHeight="1" thickBot="1">
+      <c r="A50" s="10"/>
+      <c r="B50" s="9"/>
+      <c r="C50" s="9"/>
+      <c r="D50" s="4"/>
+      <c r="E50" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="3"/>
-[...879 lines deleted...]
-      <c r="M50" s="111"/>
+      <c r="F50" s="7"/>
+      <c r="G50" s="7"/>
+      <c r="H50" s="7"/>
+      <c r="I50" s="7"/>
+      <c r="J50" s="6"/>
+      <c r="K50" s="5"/>
+      <c r="L50" s="4"/>
+      <c r="M50" s="3"/>
     </row>
     <row r="51" spans="1:14" ht="19.5" thickTop="1">
       <c r="A51" t="s">
-        <v>62</v>
+        <v>3</v>
       </c>
     </row>
     <row r="52" spans="1:14">
-      <c r="C52" s="112" t="s">
-        <v>63</v>
+      <c r="C52" s="2" t="s">
+        <v>2</v>
       </c>
       <c r="G52" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>1</v>
+      </c>
+      <c r="L52" s="1" t="s">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="39">
-    <mergeCell ref="A49:D50"/>
-[...12 lines deleted...]
-    <mergeCell ref="A41:D42"/>
+    <mergeCell ref="E40:J40"/>
+    <mergeCell ref="E43:J43"/>
     <mergeCell ref="E41:J41"/>
-    <mergeCell ref="K41:L42"/>
-[...19 lines deleted...]
-    <mergeCell ref="C6:J8"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="L7:M7"/>
     <mergeCell ref="L8:M8"/>
+    <mergeCell ref="K43:L44"/>
+    <mergeCell ref="A41:D42"/>
+    <mergeCell ref="M41:M42"/>
+    <mergeCell ref="E42:J42"/>
+    <mergeCell ref="E44:J44"/>
+    <mergeCell ref="A9:M9"/>
+    <mergeCell ref="K41:L42"/>
+    <mergeCell ref="A1:M1"/>
+    <mergeCell ref="B43:D44"/>
+    <mergeCell ref="A10:M10"/>
+    <mergeCell ref="A39:M39"/>
+    <mergeCell ref="K40:L40"/>
+    <mergeCell ref="B40:D40"/>
+    <mergeCell ref="A3:M4"/>
+    <mergeCell ref="A6:B8"/>
+    <mergeCell ref="A5:C5"/>
+    <mergeCell ref="C6:J8"/>
+    <mergeCell ref="M47:M48"/>
+    <mergeCell ref="E45:J45"/>
+    <mergeCell ref="E46:J46"/>
+    <mergeCell ref="E49:J49"/>
+    <mergeCell ref="E50:J50"/>
+    <mergeCell ref="M43:M44"/>
+    <mergeCell ref="I5:J5"/>
+    <mergeCell ref="D5:H5"/>
+    <mergeCell ref="M49:M50"/>
+    <mergeCell ref="A49:D50"/>
+    <mergeCell ref="K45:L46"/>
+    <mergeCell ref="K47:L48"/>
+    <mergeCell ref="A45:D46"/>
+    <mergeCell ref="A47:D48"/>
+    <mergeCell ref="K49:L50"/>
+    <mergeCell ref="M45:M46"/>
   </mergeCells>
-  <phoneticPr fontId="2"/>
+  <phoneticPr fontId="1"/>
   <pageMargins left="0.78740157480314965" right="7.874015748031496E-2" top="0.35433070866141736" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>依頼書消毒無し</vt:lpstr>
     </vt:vector>